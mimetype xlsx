--- v0 (2026-02-04)
+++ v1 (2026-03-24)
@@ -471,51 +471,51 @@
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A REALIZAR COM A CÍNTEA UMA OPERAÇÃO DE CRÉDITO NO VALOR DE CR$ 996.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36422</t>
   </si>
   <si>
     <t>11</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1978/36422/ploex_1978_11.pdf</t>
   </si>
   <si>
     <t>ESTABELECE A RESTRUTURAÇÃO FUNCIONAL E SALARIAL DOS FUNCIONÁRIOS MUNICIPAIS, REGIDOS PELO ESTATUTO DOS FUNCIONÁRIOS, CRIA O QUADRO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36423</t>
   </si>
   <si>
     <t>12</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1978/36423/ploex_1978_12.pdf</t>
   </si>
   <si>
-    <t>ESTABELECE E ESTRUTURAÇÃO FUNCIONAL E SALARIAL DOS SERVIDORES REGIDOS PELA CONSOLIDAÇÃO DAS LEIS DO TRABALHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
+    <t>ESTABELECE A ESTRUTURAÇÃO FUNCIONAL E SALARIAL DOS SERVIDORES REGIDOS PELA CONSOLIDAÇÃO DAS LEIS DO TRABALHO E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36424</t>
   </si>
   <si>
     <t>13</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1978/36424/ploex_1978_13.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR UM CRÉDITO ESPECIAL NO VALOR DE CR$ 750.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36425</t>
   </si>
   <si>
     <t>14</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1978/36425/ploex_1978_14.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A ABRIR UM CRÉDITO ESPECIAL DE CR$ 250.000,00 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>