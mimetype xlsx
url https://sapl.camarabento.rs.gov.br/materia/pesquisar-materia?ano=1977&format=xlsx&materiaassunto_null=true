--- v0 (2026-02-04)
+++ v1 (2026-03-26)
@@ -10,51 +10,51 @@
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr defaultThemeVersion="124226"/>
   <bookViews>
     <workbookView xWindow="240" yWindow="15" windowWidth="16095" windowHeight="9660"/>
   </bookViews>
   <sheets>
     <sheet name="Sheet1" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr calcId="124519" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="687" uniqueCount="356">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="688" uniqueCount="355">
   <si>
     <t>ID</t>
   </si>
   <si>
     <t>Ano</t>
   </si>
   <si>
     <t>Número</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Sigla</t>
   </si>
   <si>
     <t>Tipo de Matéria Legislativa/Descrição</t>
   </si>
   <si>
     <t>Autorias</t>
   </si>
   <si>
     <t>Texto Original</t>
   </si>
   <si>
     <t>Ementa</t>
   </si>
   <si>
@@ -382,53 +382,50 @@
     <t>18</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1977/36554/ploex_1977_18.pdf</t>
   </si>
   <si>
     <t>ALTERA A LEI MUNICIPAL Nº 619, DE 20 DE AGOSTO DE 1975 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36555</t>
   </si>
   <si>
     <t>19</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1977/36555/ploex_1977_19.pdf</t>
   </si>
   <si>
     <t>DERROGA A LEI MUNICIPAL Nº 724, DE 21 DE DEZEMBRO DE 1976 E DÁ OUTRAS PROVIDÊNCIAS.</t>
   </si>
   <si>
     <t>36556</t>
   </si>
   <si>
     <t>20</t>
-  </si>
-[...1 lines deleted...]
-    <t>Prefeito Municipal - Mandato 1973/1977</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1977/36556/ploex_1977_20.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A RECEBER ÁREA EM DOAÇÃO, DESTINADA À ABERTURA DE VIA PÚBLICA E A FIRMAR TERMO DE COMPROMISSO COM OS DOADORES.</t>
   </si>
   <si>
     <t>36557</t>
   </si>
   <si>
     <t>21</t>
   </si>
   <si>
     <t>http://sapl.camarabento.rs.gov.br/media/sapl/public/materialegislativa/1977/36557/ploex_1977_21.pdf</t>
   </si>
   <si>
     <t>AUTORIZA O PODER EXECUTIVO A PERMUTAR IMÓVEL COM VALDEMIRO LUCHESE PARA CONSTRUÇÃO DE UMA PRAÇA NO BAIRRO LICORSUL.</t>
   </si>
   <si>
     <t>36558</t>
   </si>
   <si>
     <t>22</t>
   </si>
@@ -2165,1562 +2162,1565 @@
       </c>
       <c r="G27" s="1" t="s">
         <v>120</v>
       </c>
       <c r="H27" t="s">
         <v>121</v>
       </c>
     </row>
     <row r="28" spans="1:8">
       <c r="A28" t="s">
         <v>122</v>
       </c>
       <c r="B28" t="s">
         <v>9</v>
       </c>
       <c r="C28" t="s">
         <v>123</v>
       </c>
       <c r="D28" t="s">
         <v>46</v>
       </c>
       <c r="E28" t="s">
         <v>47</v>
       </c>
       <c r="F28" t="s">
+        <v>29</v>
+      </c>
+      <c r="G28" s="1" t="s">
         <v>124</v>
       </c>
-      <c r="G28" s="1" t="s">
+      <c r="H28" t="s">
         <v>125</v>
-      </c>
-[...1 lines deleted...]
-        <v>126</v>
       </c>
     </row>
     <row r="29" spans="1:8">
       <c r="A29" t="s">
+        <v>126</v>
+      </c>
+      <c r="B29" t="s">
+        <v>9</v>
+      </c>
+      <c r="C29" t="s">
         <v>127</v>
       </c>
-      <c r="B29" t="s">
-[...2 lines deleted...]
-      <c r="C29" t="s">
+      <c r="D29" t="s">
+        <v>46</v>
+      </c>
+      <c r="E29" t="s">
+        <v>47</v>
+      </c>
+      <c r="F29" t="s">
+        <v>29</v>
+      </c>
+      <c r="G29" s="1" t="s">
         <v>128</v>
       </c>
-      <c r="D29" t="s">
-[...8 lines deleted...]
-      <c r="G29" s="1" t="s">
+      <c r="H29" t="s">
         <v>129</v>
-      </c>
-[...1 lines deleted...]
-        <v>130</v>
       </c>
     </row>
     <row r="30" spans="1:8">
       <c r="A30" t="s">
+        <v>130</v>
+      </c>
+      <c r="B30" t="s">
+        <v>9</v>
+      </c>
+      <c r="C30" t="s">
         <v>131</v>
       </c>
-      <c r="B30" t="s">
-[...2 lines deleted...]
-      <c r="C30" t="s">
+      <c r="D30" t="s">
+        <v>46</v>
+      </c>
+      <c r="E30" t="s">
+        <v>47</v>
+      </c>
+      <c r="F30" t="s">
+        <v>29</v>
+      </c>
+      <c r="G30" s="1" t="s">
         <v>132</v>
       </c>
-      <c r="D30" t="s">
-[...8 lines deleted...]
-      <c r="G30" s="1" t="s">
+      <c r="H30" t="s">
         <v>133</v>
-      </c>
-[...1 lines deleted...]
-        <v>134</v>
       </c>
     </row>
     <row r="31" spans="1:8">
       <c r="A31" t="s">
+        <v>134</v>
+      </c>
+      <c r="B31" t="s">
+        <v>9</v>
+      </c>
+      <c r="C31" t="s">
         <v>135</v>
       </c>
-      <c r="B31" t="s">
-[...2 lines deleted...]
-      <c r="C31" t="s">
+      <c r="D31" t="s">
+        <v>46</v>
+      </c>
+      <c r="E31" t="s">
+        <v>47</v>
+      </c>
+      <c r="F31" t="s">
+        <v>29</v>
+      </c>
+      <c r="G31" s="1" t="s">
         <v>136</v>
       </c>
-      <c r="D31" t="s">
-[...8 lines deleted...]
-      <c r="G31" s="1" t="s">
+      <c r="H31" t="s">
         <v>137</v>
-      </c>
-[...1 lines deleted...]
-        <v>138</v>
       </c>
     </row>
     <row r="32" spans="1:8">
       <c r="A32" t="s">
+        <v>138</v>
+      </c>
+      <c r="B32" t="s">
+        <v>9</v>
+      </c>
+      <c r="C32" t="s">
         <v>139</v>
       </c>
-      <c r="B32" t="s">
-[...2 lines deleted...]
-      <c r="C32" t="s">
+      <c r="D32" t="s">
+        <v>46</v>
+      </c>
+      <c r="E32" t="s">
+        <v>47</v>
+      </c>
+      <c r="F32" t="s">
+        <v>29</v>
+      </c>
+      <c r="G32" s="1" t="s">
         <v>140</v>
       </c>
-      <c r="D32" t="s">
-[...8 lines deleted...]
-      <c r="G32" s="1" t="s">
+      <c r="H32" t="s">
         <v>141</v>
-      </c>
-[...1 lines deleted...]
-        <v>142</v>
       </c>
     </row>
     <row r="33" spans="1:8">
       <c r="A33" t="s">
+        <v>142</v>
+      </c>
+      <c r="B33" t="s">
+        <v>9</v>
+      </c>
+      <c r="C33" t="s">
         <v>143</v>
       </c>
-      <c r="B33" t="s">
-[...2 lines deleted...]
-      <c r="C33" t="s">
+      <c r="D33" t="s">
+        <v>46</v>
+      </c>
+      <c r="E33" t="s">
+        <v>47</v>
+      </c>
+      <c r="F33" t="s">
+        <v>29</v>
+      </c>
+      <c r="G33" s="1" t="s">
         <v>144</v>
       </c>
-      <c r="D33" t="s">
-[...8 lines deleted...]
-      <c r="G33" s="1" t="s">
+      <c r="H33" t="s">
         <v>145</v>
-      </c>
-[...1 lines deleted...]
-        <v>146</v>
       </c>
     </row>
     <row r="34" spans="1:8">
       <c r="A34" t="s">
+        <v>146</v>
+      </c>
+      <c r="B34" t="s">
+        <v>9</v>
+      </c>
+      <c r="C34" t="s">
         <v>147</v>
       </c>
-      <c r="B34" t="s">
-[...2 lines deleted...]
-      <c r="C34" t="s">
+      <c r="D34" t="s">
+        <v>46</v>
+      </c>
+      <c r="E34" t="s">
+        <v>47</v>
+      </c>
+      <c r="F34" t="s">
+        <v>29</v>
+      </c>
+      <c r="G34" s="1" t="s">
         <v>148</v>
       </c>
-      <c r="D34" t="s">
-[...8 lines deleted...]
-      <c r="G34" s="1" t="s">
+      <c r="H34" t="s">
         <v>149</v>
-      </c>
-[...1 lines deleted...]
-        <v>150</v>
       </c>
     </row>
     <row r="35" spans="1:8">
       <c r="A35" t="s">
+        <v>150</v>
+      </c>
+      <c r="B35" t="s">
+        <v>9</v>
+      </c>
+      <c r="C35" t="s">
         <v>151</v>
       </c>
-      <c r="B35" t="s">
-[...2 lines deleted...]
-      <c r="C35" t="s">
+      <c r="D35" t="s">
+        <v>46</v>
+      </c>
+      <c r="E35" t="s">
+        <v>47</v>
+      </c>
+      <c r="F35" t="s">
+        <v>29</v>
+      </c>
+      <c r="G35" s="1" t="s">
         <v>152</v>
       </c>
-      <c r="D35" t="s">
-[...8 lines deleted...]
-      <c r="G35" s="1" t="s">
+      <c r="H35" t="s">
         <v>153</v>
-      </c>
-[...1 lines deleted...]
-        <v>154</v>
       </c>
     </row>
     <row r="36" spans="1:8">
       <c r="A36" t="s">
+        <v>154</v>
+      </c>
+      <c r="B36" t="s">
+        <v>9</v>
+      </c>
+      <c r="C36" t="s">
         <v>155</v>
       </c>
-      <c r="B36" t="s">
-[...2 lines deleted...]
-      <c r="C36" t="s">
+      <c r="D36" t="s">
+        <v>46</v>
+      </c>
+      <c r="E36" t="s">
+        <v>47</v>
+      </c>
+      <c r="F36" t="s">
+        <v>29</v>
+      </c>
+      <c r="G36" s="1" t="s">
         <v>156</v>
       </c>
-      <c r="D36" t="s">
-[...8 lines deleted...]
-      <c r="G36" s="1" t="s">
+      <c r="H36" t="s">
         <v>157</v>
-      </c>
-[...1 lines deleted...]
-        <v>158</v>
       </c>
     </row>
     <row r="37" spans="1:8">
       <c r="A37" t="s">
+        <v>158</v>
+      </c>
+      <c r="B37" t="s">
+        <v>9</v>
+      </c>
+      <c r="C37" t="s">
         <v>159</v>
       </c>
-      <c r="B37" t="s">
-[...2 lines deleted...]
-      <c r="C37" t="s">
+      <c r="D37" t="s">
+        <v>46</v>
+      </c>
+      <c r="E37" t="s">
+        <v>47</v>
+      </c>
+      <c r="F37" t="s">
+        <v>29</v>
+      </c>
+      <c r="G37" s="1" t="s">
         <v>160</v>
       </c>
-      <c r="D37" t="s">
-[...8 lines deleted...]
-      <c r="G37" s="1" t="s">
+      <c r="H37" t="s">
         <v>161</v>
-      </c>
-[...1 lines deleted...]
-        <v>162</v>
       </c>
     </row>
     <row r="38" spans="1:8">
       <c r="A38" t="s">
-        <v>163</v>
+        <v>162</v>
       </c>
       <c r="B38" t="s">
         <v>9</v>
       </c>
       <c r="C38" t="s">
         <v>21</v>
       </c>
       <c r="D38" t="s">
         <v>46</v>
       </c>
       <c r="E38" t="s">
         <v>47</v>
       </c>
       <c r="F38" t="s">
         <v>29</v>
       </c>
       <c r="G38" s="1" t="s">
+        <v>163</v>
+      </c>
+      <c r="H38" t="s">
         <v>164</v>
-      </c>
-[...1 lines deleted...]
-        <v>165</v>
       </c>
     </row>
     <row r="39" spans="1:8">
       <c r="A39" t="s">
+        <v>165</v>
+      </c>
+      <c r="B39" t="s">
+        <v>9</v>
+      </c>
+      <c r="C39" t="s">
         <v>166</v>
       </c>
-      <c r="B39" t="s">
-[...2 lines deleted...]
-      <c r="C39" t="s">
+      <c r="D39" t="s">
+        <v>46</v>
+      </c>
+      <c r="E39" t="s">
+        <v>47</v>
+      </c>
+      <c r="F39" t="s">
+        <v>29</v>
+      </c>
+      <c r="G39" s="1" t="s">
         <v>167</v>
       </c>
-      <c r="D39" t="s">
-[...8 lines deleted...]
-      <c r="G39" s="1" t="s">
+      <c r="H39" t="s">
         <v>168</v>
-      </c>
-[...1 lines deleted...]
-        <v>169</v>
       </c>
     </row>
     <row r="40" spans="1:8">
       <c r="A40" t="s">
+        <v>169</v>
+      </c>
+      <c r="B40" t="s">
+        <v>9</v>
+      </c>
+      <c r="C40" t="s">
         <v>170</v>
       </c>
-      <c r="B40" t="s">
-[...2 lines deleted...]
-      <c r="C40" t="s">
+      <c r="D40" t="s">
+        <v>46</v>
+      </c>
+      <c r="E40" t="s">
+        <v>47</v>
+      </c>
+      <c r="F40" t="s">
+        <v>29</v>
+      </c>
+      <c r="G40" s="1" t="s">
         <v>171</v>
       </c>
-      <c r="D40" t="s">
-[...8 lines deleted...]
-      <c r="G40" s="1" t="s">
+      <c r="H40" t="s">
         <v>172</v>
-      </c>
-[...1 lines deleted...]
-        <v>173</v>
       </c>
     </row>
     <row r="41" spans="1:8">
       <c r="A41" t="s">
+        <v>173</v>
+      </c>
+      <c r="B41" t="s">
+        <v>9</v>
+      </c>
+      <c r="C41" t="s">
         <v>174</v>
       </c>
-      <c r="B41" t="s">
-[...2 lines deleted...]
-      <c r="C41" t="s">
+      <c r="D41" t="s">
+        <v>46</v>
+      </c>
+      <c r="E41" t="s">
+        <v>47</v>
+      </c>
+      <c r="F41" t="s">
+        <v>29</v>
+      </c>
+      <c r="G41" s="1" t="s">
         <v>175</v>
       </c>
-      <c r="D41" t="s">
-[...8 lines deleted...]
-      <c r="G41" s="1" t="s">
+      <c r="H41" t="s">
         <v>176</v>
-      </c>
-[...1 lines deleted...]
-        <v>177</v>
       </c>
     </row>
     <row r="42" spans="1:8">
       <c r="A42" t="s">
+        <v>177</v>
+      </c>
+      <c r="B42" t="s">
+        <v>9</v>
+      </c>
+      <c r="C42" t="s">
         <v>178</v>
       </c>
-      <c r="B42" t="s">
-[...2 lines deleted...]
-      <c r="C42" t="s">
+      <c r="D42" t="s">
+        <v>46</v>
+      </c>
+      <c r="E42" t="s">
+        <v>47</v>
+      </c>
+      <c r="F42" t="s">
+        <v>29</v>
+      </c>
+      <c r="G42" s="1" t="s">
         <v>179</v>
       </c>
-      <c r="D42" t="s">
-[...8 lines deleted...]
-      <c r="G42" s="1" t="s">
+      <c r="H42" t="s">
         <v>180</v>
-      </c>
-[...1 lines deleted...]
-        <v>181</v>
       </c>
     </row>
     <row r="43" spans="1:8">
       <c r="A43" t="s">
+        <v>181</v>
+      </c>
+      <c r="B43" t="s">
+        <v>9</v>
+      </c>
+      <c r="C43" t="s">
         <v>182</v>
       </c>
-      <c r="B43" t="s">
-[...2 lines deleted...]
-      <c r="C43" t="s">
+      <c r="D43" t="s">
+        <v>46</v>
+      </c>
+      <c r="E43" t="s">
+        <v>47</v>
+      </c>
+      <c r="F43" t="s">
+        <v>29</v>
+      </c>
+      <c r="G43" s="1" t="s">
         <v>183</v>
       </c>
-      <c r="D43" t="s">
-[...8 lines deleted...]
-      <c r="G43" s="1" t="s">
+      <c r="H43" t="s">
         <v>184</v>
-      </c>
-[...1 lines deleted...]
-        <v>185</v>
       </c>
     </row>
     <row r="44" spans="1:8">
       <c r="A44" t="s">
-        <v>186</v>
+        <v>185</v>
       </c>
       <c r="B44" t="s">
         <v>9</v>
       </c>
       <c r="C44" t="s">
         <v>28</v>
       </c>
       <c r="D44" t="s">
         <v>46</v>
       </c>
       <c r="E44" t="s">
         <v>47</v>
       </c>
       <c r="F44" t="s">
         <v>29</v>
       </c>
       <c r="G44" s="1" t="s">
+        <v>186</v>
+      </c>
+      <c r="H44" t="s">
         <v>187</v>
-      </c>
-[...1 lines deleted...]
-        <v>188</v>
       </c>
     </row>
     <row r="45" spans="1:8">
       <c r="A45" t="s">
+        <v>188</v>
+      </c>
+      <c r="B45" t="s">
+        <v>9</v>
+      </c>
+      <c r="C45" t="s">
         <v>189</v>
       </c>
-      <c r="B45" t="s">
-[...2 lines deleted...]
-      <c r="C45" t="s">
+      <c r="D45" t="s">
+        <v>46</v>
+      </c>
+      <c r="E45" t="s">
+        <v>47</v>
+      </c>
+      <c r="F45" t="s">
+        <v>29</v>
+      </c>
+      <c r="G45" s="1" t="s">
         <v>190</v>
       </c>
-      <c r="D45" t="s">
-[...8 lines deleted...]
-      <c r="G45" s="1" t="s">
+      <c r="H45" t="s">
         <v>191</v>
-      </c>
-[...1 lines deleted...]
-        <v>192</v>
       </c>
     </row>
     <row r="46" spans="1:8">
       <c r="A46" t="s">
+        <v>192</v>
+      </c>
+      <c r="B46" t="s">
+        <v>9</v>
+      </c>
+      <c r="C46" t="s">
         <v>193</v>
       </c>
-      <c r="B46" t="s">
-[...2 lines deleted...]
-      <c r="C46" t="s">
+      <c r="D46" t="s">
+        <v>46</v>
+      </c>
+      <c r="E46" t="s">
+        <v>47</v>
+      </c>
+      <c r="F46" t="s">
+        <v>29</v>
+      </c>
+      <c r="G46" s="1" t="s">
         <v>194</v>
       </c>
-      <c r="D46" t="s">
-[...8 lines deleted...]
-      <c r="G46" s="1" t="s">
+      <c r="H46" t="s">
         <v>195</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="47" spans="1:8">
       <c r="A47" t="s">
+        <v>196</v>
+      </c>
+      <c r="B47" t="s">
+        <v>9</v>
+      </c>
+      <c r="C47" t="s">
         <v>197</v>
       </c>
-      <c r="B47" t="s">
-[...2 lines deleted...]
-      <c r="C47" t="s">
+      <c r="D47" t="s">
+        <v>46</v>
+      </c>
+      <c r="E47" t="s">
+        <v>47</v>
+      </c>
+      <c r="F47" t="s">
+        <v>29</v>
+      </c>
+      <c r="G47" s="1" t="s">
         <v>198</v>
       </c>
-      <c r="D47" t="s">
-[...8 lines deleted...]
-      <c r="G47" s="1" t="s">
+      <c r="H47" t="s">
         <v>199</v>
-      </c>
-[...1 lines deleted...]
-        <v>200</v>
       </c>
     </row>
     <row r="48" spans="1:8">
       <c r="A48" t="s">
+        <v>200</v>
+      </c>
+      <c r="B48" t="s">
+        <v>9</v>
+      </c>
+      <c r="C48" t="s">
         <v>201</v>
       </c>
-      <c r="B48" t="s">
-[...2 lines deleted...]
-      <c r="C48" t="s">
+      <c r="D48" t="s">
+        <v>46</v>
+      </c>
+      <c r="E48" t="s">
+        <v>47</v>
+      </c>
+      <c r="F48" t="s">
+        <v>29</v>
+      </c>
+      <c r="G48" s="1" t="s">
         <v>202</v>
       </c>
-      <c r="D48" t="s">
-[...8 lines deleted...]
-      <c r="G48" s="1" t="s">
+      <c r="H48" t="s">
         <v>203</v>
-      </c>
-[...1 lines deleted...]
-        <v>204</v>
       </c>
     </row>
     <row r="49" spans="1:8">
       <c r="A49" t="s">
+        <v>204</v>
+      </c>
+      <c r="B49" t="s">
+        <v>9</v>
+      </c>
+      <c r="C49" t="s">
         <v>205</v>
       </c>
-      <c r="B49" t="s">
-[...2 lines deleted...]
-      <c r="C49" t="s">
+      <c r="D49" t="s">
+        <v>46</v>
+      </c>
+      <c r="E49" t="s">
+        <v>47</v>
+      </c>
+      <c r="F49" t="s">
+        <v>29</v>
+      </c>
+      <c r="G49" s="1" t="s">
         <v>206</v>
       </c>
-      <c r="D49" t="s">
-[...8 lines deleted...]
-      <c r="G49" s="1" t="s">
+      <c r="H49" t="s">
         <v>207</v>
-      </c>
-[...1 lines deleted...]
-        <v>208</v>
       </c>
     </row>
     <row r="50" spans="1:8">
       <c r="A50" t="s">
+        <v>208</v>
+      </c>
+      <c r="B50" t="s">
+        <v>9</v>
+      </c>
+      <c r="C50" t="s">
         <v>209</v>
       </c>
-      <c r="B50" t="s">
-[...2 lines deleted...]
-      <c r="C50" t="s">
+      <c r="D50" t="s">
+        <v>46</v>
+      </c>
+      <c r="E50" t="s">
+        <v>47</v>
+      </c>
+      <c r="F50" t="s">
+        <v>29</v>
+      </c>
+      <c r="G50" s="1" t="s">
         <v>210</v>
       </c>
-      <c r="D50" t="s">
-[...8 lines deleted...]
-      <c r="G50" s="1" t="s">
+      <c r="H50" t="s">
         <v>211</v>
-      </c>
-[...1 lines deleted...]
-        <v>212</v>
       </c>
     </row>
     <row r="51" spans="1:8">
       <c r="A51" t="s">
+        <v>212</v>
+      </c>
+      <c r="B51" t="s">
+        <v>9</v>
+      </c>
+      <c r="C51" t="s">
         <v>213</v>
       </c>
-      <c r="B51" t="s">
-[...2 lines deleted...]
-      <c r="C51" t="s">
+      <c r="D51" t="s">
+        <v>46</v>
+      </c>
+      <c r="E51" t="s">
+        <v>47</v>
+      </c>
+      <c r="F51" t="s">
+        <v>29</v>
+      </c>
+      <c r="G51" s="1" t="s">
         <v>214</v>
       </c>
-      <c r="D51" t="s">
-[...8 lines deleted...]
-      <c r="G51" s="1" t="s">
+      <c r="H51" t="s">
         <v>215</v>
-      </c>
-[...1 lines deleted...]
-        <v>216</v>
       </c>
     </row>
     <row r="52" spans="1:8">
       <c r="A52" t="s">
+        <v>216</v>
+      </c>
+      <c r="B52" t="s">
+        <v>9</v>
+      </c>
+      <c r="C52" t="s">
         <v>217</v>
       </c>
-      <c r="B52" t="s">
-[...2 lines deleted...]
-      <c r="C52" t="s">
+      <c r="D52" t="s">
+        <v>46</v>
+      </c>
+      <c r="E52" t="s">
+        <v>47</v>
+      </c>
+      <c r="F52" t="s">
+        <v>29</v>
+      </c>
+      <c r="G52" s="1" t="s">
         <v>218</v>
       </c>
-      <c r="D52" t="s">
-[...8 lines deleted...]
-      <c r="G52" s="1" t="s">
+      <c r="H52" t="s">
         <v>219</v>
-      </c>
-[...1 lines deleted...]
-        <v>220</v>
       </c>
     </row>
     <row r="53" spans="1:8">
       <c r="A53" t="s">
+        <v>220</v>
+      </c>
+      <c r="B53" t="s">
+        <v>9</v>
+      </c>
+      <c r="C53" t="s">
         <v>221</v>
       </c>
-      <c r="B53" t="s">
-[...2 lines deleted...]
-      <c r="C53" t="s">
+      <c r="D53" t="s">
+        <v>46</v>
+      </c>
+      <c r="E53" t="s">
+        <v>47</v>
+      </c>
+      <c r="F53" t="s">
+        <v>29</v>
+      </c>
+      <c r="G53" s="1" t="s">
         <v>222</v>
       </c>
-      <c r="D53" t="s">
-[...8 lines deleted...]
-      <c r="G53" s="1" t="s">
+      <c r="H53" t="s">
         <v>223</v>
-      </c>
-[...1 lines deleted...]
-        <v>224</v>
       </c>
     </row>
     <row r="54" spans="1:8">
       <c r="A54" t="s">
+        <v>224</v>
+      </c>
+      <c r="B54" t="s">
+        <v>9</v>
+      </c>
+      <c r="C54" t="s">
         <v>225</v>
       </c>
-      <c r="B54" t="s">
-[...2 lines deleted...]
-      <c r="C54" t="s">
+      <c r="D54" t="s">
+        <v>46</v>
+      </c>
+      <c r="E54" t="s">
+        <v>47</v>
+      </c>
+      <c r="F54" t="s">
+        <v>29</v>
+      </c>
+      <c r="G54" s="1" t="s">
         <v>226</v>
       </c>
-      <c r="D54" t="s">
-[...8 lines deleted...]
-      <c r="G54" s="1" t="s">
+      <c r="H54" t="s">
         <v>227</v>
-      </c>
-[...1 lines deleted...]
-        <v>228</v>
       </c>
     </row>
     <row r="55" spans="1:8">
       <c r="A55" t="s">
+        <v>228</v>
+      </c>
+      <c r="B55" t="s">
+        <v>9</v>
+      </c>
+      <c r="C55" t="s">
         <v>229</v>
       </c>
-      <c r="B55" t="s">
-[...2 lines deleted...]
-      <c r="C55" t="s">
+      <c r="D55" t="s">
+        <v>46</v>
+      </c>
+      <c r="E55" t="s">
+        <v>47</v>
+      </c>
+      <c r="F55" t="s">
+        <v>29</v>
+      </c>
+      <c r="G55" s="1" t="s">
         <v>230</v>
       </c>
-      <c r="D55" t="s">
-[...8 lines deleted...]
-      <c r="G55" s="1" t="s">
+      <c r="H55" t="s">
         <v>231</v>
-      </c>
-[...1 lines deleted...]
-        <v>232</v>
       </c>
     </row>
     <row r="56" spans="1:8">
       <c r="A56" t="s">
+        <v>232</v>
+      </c>
+      <c r="B56" t="s">
+        <v>9</v>
+      </c>
+      <c r="C56" t="s">
         <v>233</v>
       </c>
-      <c r="B56" t="s">
-[...2 lines deleted...]
-      <c r="C56" t="s">
+      <c r="D56" t="s">
+        <v>46</v>
+      </c>
+      <c r="E56" t="s">
+        <v>47</v>
+      </c>
+      <c r="F56" t="s">
+        <v>29</v>
+      </c>
+      <c r="G56" s="1" t="s">
         <v>234</v>
       </c>
-      <c r="D56" t="s">
-[...8 lines deleted...]
-      <c r="G56" s="1" t="s">
+      <c r="H56" t="s">
         <v>235</v>
-      </c>
-[...1 lines deleted...]
-        <v>236</v>
       </c>
     </row>
     <row r="57" spans="1:8">
       <c r="A57" t="s">
+        <v>236</v>
+      </c>
+      <c r="B57" t="s">
+        <v>9</v>
+      </c>
+      <c r="C57" t="s">
         <v>237</v>
       </c>
-      <c r="B57" t="s">
-[...2 lines deleted...]
-      <c r="C57" t="s">
+      <c r="D57" t="s">
+        <v>46</v>
+      </c>
+      <c r="E57" t="s">
+        <v>47</v>
+      </c>
+      <c r="F57" t="s">
+        <v>29</v>
+      </c>
+      <c r="G57" s="1" t="s">
         <v>238</v>
       </c>
-      <c r="D57" t="s">
-[...8 lines deleted...]
-      <c r="G57" s="1" t="s">
+      <c r="H57" t="s">
         <v>239</v>
-      </c>
-[...1 lines deleted...]
-        <v>240</v>
       </c>
     </row>
     <row r="58" spans="1:8">
       <c r="A58" t="s">
+        <v>240</v>
+      </c>
+      <c r="B58" t="s">
+        <v>9</v>
+      </c>
+      <c r="C58" t="s">
         <v>241</v>
       </c>
-      <c r="B58" t="s">
-[...2 lines deleted...]
-      <c r="C58" t="s">
+      <c r="D58" t="s">
+        <v>46</v>
+      </c>
+      <c r="E58" t="s">
+        <v>47</v>
+      </c>
+      <c r="F58" t="s">
+        <v>29</v>
+      </c>
+      <c r="G58" s="1" t="s">
         <v>242</v>
       </c>
-      <c r="D58" t="s">
-[...8 lines deleted...]
-      <c r="G58" s="1" t="s">
+      <c r="H58" t="s">
         <v>243</v>
-      </c>
-[...1 lines deleted...]
-        <v>244</v>
       </c>
     </row>
     <row r="59" spans="1:8">
       <c r="A59" t="s">
+        <v>244</v>
+      </c>
+      <c r="B59" t="s">
+        <v>9</v>
+      </c>
+      <c r="C59" t="s">
         <v>245</v>
       </c>
-      <c r="B59" t="s">
-[...2 lines deleted...]
-      <c r="C59" t="s">
+      <c r="D59" t="s">
+        <v>46</v>
+      </c>
+      <c r="E59" t="s">
+        <v>47</v>
+      </c>
+      <c r="F59" t="s">
+        <v>29</v>
+      </c>
+      <c r="G59" s="1" t="s">
         <v>246</v>
       </c>
-      <c r="D59" t="s">
-[...8 lines deleted...]
-      <c r="G59" s="1" t="s">
+      <c r="H59" t="s">
         <v>247</v>
-      </c>
-[...1 lines deleted...]
-        <v>248</v>
       </c>
     </row>
     <row r="60" spans="1:8">
       <c r="A60" t="s">
-        <v>249</v>
+        <v>248</v>
       </c>
       <c r="B60" t="s">
         <v>9</v>
       </c>
       <c r="C60" t="s">
         <v>33</v>
       </c>
       <c r="D60" t="s">
         <v>46</v>
       </c>
       <c r="E60" t="s">
         <v>47</v>
       </c>
       <c r="F60" t="s">
         <v>29</v>
       </c>
       <c r="G60" s="1" t="s">
+        <v>249</v>
+      </c>
+      <c r="H60" t="s">
         <v>250</v>
-      </c>
-[...1 lines deleted...]
-        <v>251</v>
       </c>
     </row>
     <row r="61" spans="1:8">
       <c r="A61" t="s">
+        <v>251</v>
+      </c>
+      <c r="B61" t="s">
+        <v>9</v>
+      </c>
+      <c r="C61" t="s">
         <v>252</v>
       </c>
-      <c r="B61" t="s">
-[...2 lines deleted...]
-      <c r="C61" t="s">
+      <c r="D61" t="s">
+        <v>46</v>
+      </c>
+      <c r="E61" t="s">
+        <v>47</v>
+      </c>
+      <c r="F61" t="s">
+        <v>29</v>
+      </c>
+      <c r="G61" s="1" t="s">
         <v>253</v>
       </c>
-      <c r="D61" t="s">
-[...8 lines deleted...]
-      <c r="G61" s="1" t="s">
+      <c r="H61" t="s">
         <v>254</v>
-      </c>
-[...1 lines deleted...]
-        <v>255</v>
       </c>
     </row>
     <row r="62" spans="1:8">
       <c r="A62" t="s">
+        <v>255</v>
+      </c>
+      <c r="B62" t="s">
+        <v>9</v>
+      </c>
+      <c r="C62" t="s">
         <v>256</v>
       </c>
-      <c r="B62" t="s">
-[...2 lines deleted...]
-      <c r="C62" t="s">
+      <c r="D62" t="s">
+        <v>46</v>
+      </c>
+      <c r="E62" t="s">
+        <v>47</v>
+      </c>
+      <c r="F62" t="s">
+        <v>29</v>
+      </c>
+      <c r="G62" s="1" t="s">
         <v>257</v>
       </c>
-      <c r="D62" t="s">
-[...8 lines deleted...]
-      <c r="G62" s="1" t="s">
+      <c r="H62" t="s">
         <v>258</v>
-      </c>
-[...1 lines deleted...]
-        <v>259</v>
       </c>
     </row>
     <row r="63" spans="1:8">
       <c r="A63" t="s">
+        <v>259</v>
+      </c>
+      <c r="B63" t="s">
+        <v>9</v>
+      </c>
+      <c r="C63" t="s">
         <v>260</v>
       </c>
-      <c r="B63" t="s">
-[...2 lines deleted...]
-      <c r="C63" t="s">
+      <c r="D63" t="s">
+        <v>46</v>
+      </c>
+      <c r="E63" t="s">
+        <v>47</v>
+      </c>
+      <c r="F63" t="s">
+        <v>29</v>
+      </c>
+      <c r="G63" s="1" t="s">
         <v>261</v>
       </c>
-      <c r="D63" t="s">
-[...8 lines deleted...]
-      <c r="G63" s="1" t="s">
+      <c r="H63" t="s">
         <v>262</v>
-      </c>
-[...1 lines deleted...]
-        <v>263</v>
       </c>
     </row>
     <row r="64" spans="1:8">
       <c r="A64" t="s">
+        <v>263</v>
+      </c>
+      <c r="B64" t="s">
+        <v>9</v>
+      </c>
+      <c r="C64" t="s">
         <v>264</v>
       </c>
-      <c r="B64" t="s">
-[...2 lines deleted...]
-      <c r="C64" t="s">
+      <c r="D64" t="s">
+        <v>46</v>
+      </c>
+      <c r="E64" t="s">
+        <v>47</v>
+      </c>
+      <c r="F64" t="s">
+        <v>29</v>
+      </c>
+      <c r="G64" s="1" t="s">
         <v>265</v>
       </c>
-      <c r="D64" t="s">
-[...8 lines deleted...]
-      <c r="G64" s="1" t="s">
+      <c r="H64" t="s">
         <v>266</v>
-      </c>
-[...1 lines deleted...]
-        <v>267</v>
       </c>
     </row>
     <row r="65" spans="1:8">
       <c r="A65" t="s">
+        <v>267</v>
+      </c>
+      <c r="B65" t="s">
+        <v>9</v>
+      </c>
+      <c r="C65" t="s">
         <v>268</v>
       </c>
-      <c r="B65" t="s">
-[...2 lines deleted...]
-      <c r="C65" t="s">
+      <c r="D65" t="s">
+        <v>46</v>
+      </c>
+      <c r="E65" t="s">
+        <v>47</v>
+      </c>
+      <c r="F65" t="s">
+        <v>29</v>
+      </c>
+      <c r="G65" s="1" t="s">
         <v>269</v>
       </c>
-      <c r="D65" t="s">
-[...8 lines deleted...]
-      <c r="G65" s="1" t="s">
+      <c r="H65" t="s">
         <v>270</v>
-      </c>
-[...1 lines deleted...]
-        <v>271</v>
       </c>
     </row>
     <row r="66" spans="1:8">
       <c r="A66" t="s">
+        <v>271</v>
+      </c>
+      <c r="B66" t="s">
+        <v>9</v>
+      </c>
+      <c r="C66" t="s">
         <v>272</v>
       </c>
-      <c r="B66" t="s">
-[...2 lines deleted...]
-      <c r="C66" t="s">
+      <c r="D66" t="s">
+        <v>46</v>
+      </c>
+      <c r="E66" t="s">
+        <v>47</v>
+      </c>
+      <c r="F66" t="s">
+        <v>29</v>
+      </c>
+      <c r="G66" s="1" t="s">
         <v>273</v>
       </c>
-      <c r="D66" t="s">
-[...8 lines deleted...]
-      <c r="G66" s="1" t="s">
+      <c r="H66" t="s">
         <v>274</v>
-      </c>
-[...1 lines deleted...]
-        <v>275</v>
       </c>
     </row>
     <row r="67" spans="1:8">
       <c r="A67" t="s">
+        <v>275</v>
+      </c>
+      <c r="B67" t="s">
+        <v>9</v>
+      </c>
+      <c r="C67" t="s">
         <v>276</v>
       </c>
-      <c r="B67" t="s">
-[...2 lines deleted...]
-      <c r="C67" t="s">
+      <c r="D67" t="s">
+        <v>46</v>
+      </c>
+      <c r="E67" t="s">
+        <v>47</v>
+      </c>
+      <c r="F67" t="s">
+        <v>29</v>
+      </c>
+      <c r="G67" s="1" t="s">
         <v>277</v>
       </c>
-      <c r="D67" t="s">
-[...8 lines deleted...]
-      <c r="G67" s="1" t="s">
+      <c r="H67" t="s">
         <v>278</v>
-      </c>
-[...1 lines deleted...]
-        <v>279</v>
       </c>
     </row>
     <row r="68" spans="1:8">
       <c r="A68" t="s">
+        <v>279</v>
+      </c>
+      <c r="B68" t="s">
+        <v>9</v>
+      </c>
+      <c r="C68" t="s">
         <v>280</v>
       </c>
-      <c r="B68" t="s">
-[...2 lines deleted...]
-      <c r="C68" t="s">
+      <c r="D68" t="s">
+        <v>46</v>
+      </c>
+      <c r="E68" t="s">
+        <v>47</v>
+      </c>
+      <c r="F68" t="s">
+        <v>29</v>
+      </c>
+      <c r="G68" s="1" t="s">
         <v>281</v>
       </c>
-      <c r="D68" t="s">
-[...8 lines deleted...]
-      <c r="G68" s="1" t="s">
+      <c r="H68" t="s">
         <v>282</v>
-      </c>
-[...1 lines deleted...]
-        <v>283</v>
       </c>
     </row>
     <row r="69" spans="1:8">
       <c r="A69" t="s">
+        <v>283</v>
+      </c>
+      <c r="B69" t="s">
+        <v>9</v>
+      </c>
+      <c r="C69" t="s">
         <v>284</v>
       </c>
-      <c r="B69" t="s">
-[...2 lines deleted...]
-      <c r="C69" t="s">
+      <c r="D69" t="s">
+        <v>46</v>
+      </c>
+      <c r="E69" t="s">
+        <v>47</v>
+      </c>
+      <c r="F69" t="s">
+        <v>29</v>
+      </c>
+      <c r="G69" s="1" t="s">
         <v>285</v>
       </c>
-      <c r="D69" t="s">
-[...8 lines deleted...]
-      <c r="G69" s="1" t="s">
+      <c r="H69" t="s">
         <v>286</v>
-      </c>
-[...1 lines deleted...]
-        <v>287</v>
       </c>
     </row>
     <row r="70" spans="1:8">
       <c r="A70" t="s">
+        <v>287</v>
+      </c>
+      <c r="B70" t="s">
+        <v>9</v>
+      </c>
+      <c r="C70" t="s">
         <v>288</v>
       </c>
-      <c r="B70" t="s">
-[...2 lines deleted...]
-      <c r="C70" t="s">
+      <c r="D70" t="s">
+        <v>46</v>
+      </c>
+      <c r="E70" t="s">
+        <v>47</v>
+      </c>
+      <c r="F70" t="s">
+        <v>29</v>
+      </c>
+      <c r="G70" s="1" t="s">
         <v>289</v>
       </c>
-      <c r="D70" t="s">
-[...8 lines deleted...]
-      <c r="G70" s="1" t="s">
+      <c r="H70" t="s">
         <v>290</v>
-      </c>
-[...1 lines deleted...]
-        <v>291</v>
       </c>
     </row>
     <row r="71" spans="1:8">
       <c r="A71" t="s">
+        <v>291</v>
+      </c>
+      <c r="B71" t="s">
+        <v>9</v>
+      </c>
+      <c r="C71" t="s">
         <v>292</v>
       </c>
-      <c r="B71" t="s">
-[...2 lines deleted...]
-      <c r="C71" t="s">
+      <c r="D71" t="s">
+        <v>46</v>
+      </c>
+      <c r="E71" t="s">
+        <v>47</v>
+      </c>
+      <c r="F71" t="s">
+        <v>29</v>
+      </c>
+      <c r="G71" s="1" t="s">
         <v>293</v>
       </c>
-      <c r="D71" t="s">
-[...8 lines deleted...]
-      <c r="G71" s="1" t="s">
+      <c r="H71" t="s">
         <v>294</v>
-      </c>
-[...1 lines deleted...]
-        <v>295</v>
       </c>
     </row>
     <row r="72" spans="1:8">
       <c r="A72" t="s">
+        <v>295</v>
+      </c>
+      <c r="B72" t="s">
+        <v>9</v>
+      </c>
+      <c r="C72" t="s">
         <v>296</v>
       </c>
-      <c r="B72" t="s">
-[...2 lines deleted...]
-      <c r="C72" t="s">
+      <c r="D72" t="s">
+        <v>46</v>
+      </c>
+      <c r="E72" t="s">
+        <v>47</v>
+      </c>
+      <c r="F72" t="s">
+        <v>29</v>
+      </c>
+      <c r="G72" s="1" t="s">
         <v>297</v>
       </c>
-      <c r="D72" t="s">
-[...8 lines deleted...]
-      <c r="G72" s="1" t="s">
+      <c r="H72" t="s">
         <v>298</v>
-      </c>
-[...1 lines deleted...]
-        <v>299</v>
       </c>
     </row>
     <row r="73" spans="1:8">
       <c r="A73" t="s">
+        <v>299</v>
+      </c>
+      <c r="B73" t="s">
+        <v>9</v>
+      </c>
+      <c r="C73" t="s">
         <v>300</v>
       </c>
-      <c r="B73" t="s">
-[...2 lines deleted...]
-      <c r="C73" t="s">
+      <c r="D73" t="s">
+        <v>46</v>
+      </c>
+      <c r="E73" t="s">
+        <v>47</v>
+      </c>
+      <c r="F73" t="s">
+        <v>29</v>
+      </c>
+      <c r="G73" s="1" t="s">
         <v>301</v>
       </c>
-      <c r="D73" t="s">
-[...5 lines deleted...]
-      <c r="G73" s="1" t="s">
+      <c r="H73" t="s">
         <v>302</v>
-      </c>
-[...1 lines deleted...]
-        <v>303</v>
       </c>
     </row>
     <row r="74" spans="1:8">
       <c r="A74" t="s">
+        <v>303</v>
+      </c>
+      <c r="B74" t="s">
+        <v>9</v>
+      </c>
+      <c r="C74" t="s">
         <v>304</v>
       </c>
-      <c r="B74" t="s">
-[...2 lines deleted...]
-      <c r="C74" t="s">
+      <c r="D74" t="s">
+        <v>46</v>
+      </c>
+      <c r="E74" t="s">
+        <v>47</v>
+      </c>
+      <c r="F74" t="s">
+        <v>29</v>
+      </c>
+      <c r="G74" s="1" t="s">
         <v>305</v>
       </c>
-      <c r="D74" t="s">
-[...8 lines deleted...]
-      <c r="G74" s="1" t="s">
+      <c r="H74" t="s">
         <v>306</v>
-      </c>
-[...1 lines deleted...]
-        <v>307</v>
       </c>
     </row>
     <row r="75" spans="1:8">
       <c r="A75" t="s">
+        <v>307</v>
+      </c>
+      <c r="B75" t="s">
+        <v>9</v>
+      </c>
+      <c r="C75" t="s">
         <v>308</v>
       </c>
-      <c r="B75" t="s">
-[...2 lines deleted...]
-      <c r="C75" t="s">
+      <c r="D75" t="s">
+        <v>46</v>
+      </c>
+      <c r="E75" t="s">
+        <v>47</v>
+      </c>
+      <c r="F75" t="s">
+        <v>29</v>
+      </c>
+      <c r="G75" s="1" t="s">
         <v>309</v>
       </c>
-      <c r="D75" t="s">
-[...8 lines deleted...]
-      <c r="G75" s="1" t="s">
+      <c r="H75" t="s">
         <v>310</v>
-      </c>
-[...1 lines deleted...]
-        <v>311</v>
       </c>
     </row>
     <row r="76" spans="1:8">
       <c r="A76" t="s">
+        <v>311</v>
+      </c>
+      <c r="B76" t="s">
+        <v>9</v>
+      </c>
+      <c r="C76" t="s">
         <v>312</v>
       </c>
-      <c r="B76" t="s">
-[...2 lines deleted...]
-      <c r="C76" t="s">
+      <c r="D76" t="s">
+        <v>46</v>
+      </c>
+      <c r="E76" t="s">
+        <v>47</v>
+      </c>
+      <c r="F76" t="s">
+        <v>29</v>
+      </c>
+      <c r="G76" s="1" t="s">
         <v>313</v>
       </c>
-      <c r="D76" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H76" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="77" spans="1:8">
       <c r="A77" t="s">
+        <v>314</v>
+      </c>
+      <c r="B77" t="s">
+        <v>9</v>
+      </c>
+      <c r="C77" t="s">
         <v>315</v>
       </c>
-      <c r="B77" t="s">
-[...2 lines deleted...]
-      <c r="C77" t="s">
+      <c r="D77" t="s">
+        <v>46</v>
+      </c>
+      <c r="E77" t="s">
+        <v>47</v>
+      </c>
+      <c r="F77" t="s">
+        <v>29</v>
+      </c>
+      <c r="G77" s="1" t="s">
         <v>316</v>
       </c>
-      <c r="D77" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="H77" t="s">
-        <v>228</v>
+        <v>227</v>
       </c>
     </row>
     <row r="78" spans="1:8">
       <c r="A78" t="s">
+        <v>317</v>
+      </c>
+      <c r="B78" t="s">
+        <v>9</v>
+      </c>
+      <c r="C78" t="s">
         <v>318</v>
       </c>
-      <c r="B78" t="s">
-[...2 lines deleted...]
-      <c r="C78" t="s">
+      <c r="D78" t="s">
+        <v>46</v>
+      </c>
+      <c r="E78" t="s">
+        <v>47</v>
+      </c>
+      <c r="F78" t="s">
+        <v>29</v>
+      </c>
+      <c r="G78" s="1" t="s">
         <v>319</v>
       </c>
-      <c r="D78" t="s">
-[...8 lines deleted...]
-      <c r="G78" s="1" t="s">
+      <c r="H78" t="s">
         <v>320</v>
-      </c>
-[...1 lines deleted...]
-        <v>321</v>
       </c>
     </row>
     <row r="79" spans="1:8">
       <c r="A79" t="s">
+        <v>321</v>
+      </c>
+      <c r="B79" t="s">
+        <v>9</v>
+      </c>
+      <c r="C79" t="s">
         <v>322</v>
       </c>
-      <c r="B79" t="s">
-[...2 lines deleted...]
-      <c r="C79" t="s">
+      <c r="D79" t="s">
+        <v>46</v>
+      </c>
+      <c r="E79" t="s">
+        <v>47</v>
+      </c>
+      <c r="F79" t="s">
+        <v>29</v>
+      </c>
+      <c r="G79" s="1" t="s">
         <v>323</v>
       </c>
-      <c r="D79" t="s">
-[...8 lines deleted...]
-      <c r="G79" s="1" t="s">
+      <c r="H79" t="s">
         <v>324</v>
-      </c>
-[...1 lines deleted...]
-        <v>325</v>
       </c>
     </row>
     <row r="80" spans="1:8">
       <c r="A80" t="s">
+        <v>325</v>
+      </c>
+      <c r="B80" t="s">
+        <v>9</v>
+      </c>
+      <c r="C80" t="s">
         <v>326</v>
       </c>
-      <c r="B80" t="s">
-[...2 lines deleted...]
-      <c r="C80" t="s">
+      <c r="D80" t="s">
+        <v>46</v>
+      </c>
+      <c r="E80" t="s">
+        <v>47</v>
+      </c>
+      <c r="F80" t="s">
+        <v>29</v>
+      </c>
+      <c r="G80" s="1" t="s">
         <v>327</v>
       </c>
-      <c r="D80" t="s">
-[...8 lines deleted...]
-      <c r="G80" s="1" t="s">
+      <c r="H80" t="s">
         <v>328</v>
-      </c>
-[...1 lines deleted...]
-        <v>329</v>
       </c>
     </row>
     <row r="81" spans="1:8">
       <c r="A81" t="s">
+        <v>329</v>
+      </c>
+      <c r="B81" t="s">
+        <v>9</v>
+      </c>
+      <c r="C81" t="s">
         <v>330</v>
       </c>
-      <c r="B81" t="s">
-[...2 lines deleted...]
-      <c r="C81" t="s">
+      <c r="D81" t="s">
+        <v>46</v>
+      </c>
+      <c r="E81" t="s">
+        <v>47</v>
+      </c>
+      <c r="F81" t="s">
+        <v>29</v>
+      </c>
+      <c r="G81" s="1" t="s">
         <v>331</v>
       </c>
-      <c r="D81" t="s">
-[...8 lines deleted...]
-      <c r="G81" s="1" t="s">
+      <c r="H81" t="s">
         <v>332</v>
-      </c>
-[...1 lines deleted...]
-        <v>333</v>
       </c>
     </row>
     <row r="82" spans="1:8">
       <c r="A82" t="s">
-        <v>334</v>
+        <v>333</v>
       </c>
       <c r="B82" t="s">
         <v>9</v>
       </c>
       <c r="C82" t="s">
         <v>10</v>
       </c>
       <c r="D82" t="s">
+        <v>334</v>
+      </c>
+      <c r="E82" t="s">
         <v>335</v>
-      </c>
-[...1 lines deleted...]
-        <v>336</v>
       </c>
       <c r="F82" t="s">
         <v>13</v>
       </c>
       <c r="G82" s="1" t="s">
+        <v>336</v>
+      </c>
+      <c r="H82" t="s">
         <v>337</v>
-      </c>
-[...1 lines deleted...]
-        <v>338</v>
       </c>
     </row>
     <row r="83" spans="1:8">
       <c r="A83" t="s">
-        <v>339</v>
+        <v>338</v>
       </c>
       <c r="B83" t="s">
         <v>9</v>
       </c>
       <c r="C83" t="s">
         <v>55</v>
       </c>
       <c r="D83" t="s">
+        <v>339</v>
+      </c>
+      <c r="E83" t="s">
         <v>340</v>
       </c>
-      <c r="E83" t="s">
+      <c r="F83" t="s">
         <v>341</v>
       </c>
-      <c r="F83" t="s">
+      <c r="G83" s="1" t="s">
         <v>342</v>
       </c>
-      <c r="G83" s="1" t="s">
+      <c r="H83" t="s">
         <v>343</v>
-      </c>
-[...1 lines deleted...]
-        <v>344</v>
       </c>
     </row>
     <row r="84" spans="1:8">
       <c r="A84" t="s">
-        <v>345</v>
+        <v>344</v>
       </c>
       <c r="B84" t="s">
         <v>9</v>
       </c>
       <c r="C84" t="s">
         <v>59</v>
       </c>
       <c r="D84" t="s">
+        <v>339</v>
+      </c>
+      <c r="E84" t="s">
         <v>340</v>
       </c>
-      <c r="E84" t="s">
+      <c r="F84" t="s">
         <v>341</v>
       </c>
-      <c r="F84" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G84" s="1" t="s">
+        <v>345</v>
+      </c>
+      <c r="H84" t="s">
         <v>346</v>
-      </c>
-[...1 lines deleted...]
-        <v>347</v>
       </c>
     </row>
     <row r="85" spans="1:8">
       <c r="A85" t="s">
-        <v>348</v>
+        <v>347</v>
       </c>
       <c r="B85" t="s">
         <v>9</v>
       </c>
       <c r="C85" t="s">
         <v>63</v>
       </c>
       <c r="D85" t="s">
+        <v>339</v>
+      </c>
+      <c r="E85" t="s">
         <v>340</v>
       </c>
-      <c r="E85" t="s">
+      <c r="F85" t="s">
         <v>341</v>
       </c>
-      <c r="F85" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="G85" s="1" t="s">
+        <v>348</v>
+      </c>
+      <c r="H85" t="s">
         <v>349</v>
-      </c>
-[...1 lines deleted...]
-        <v>350</v>
       </c>
     </row>
     <row r="86" spans="1:8">
       <c r="A86" t="s">
-        <v>351</v>
+        <v>350</v>
       </c>
       <c r="B86" t="s">
         <v>9</v>
       </c>
       <c r="C86" t="s">
         <v>10</v>
       </c>
       <c r="D86" t="s">
+        <v>351</v>
+      </c>
+      <c r="E86" t="s">
         <v>352</v>
-      </c>
-[...1 lines deleted...]
-        <v>353</v>
       </c>
       <c r="F86" t="s">
         <v>13</v>
       </c>
       <c r="G86" s="1" t="s">
+        <v>353</v>
+      </c>
+      <c r="H86" t="s">
         <v>354</v>
-      </c>
-[...1 lines deleted...]
-        <v>355</v>
       </c>
     </row>
   </sheetData>
   <hyperlinks>
     <hyperlink ref="G2" r:id="rId1"/>
     <hyperlink ref="G3" r:id="rId2"/>
     <hyperlink ref="G4" r:id="rId3"/>
     <hyperlink ref="G5" r:id="rId4"/>
     <hyperlink ref="G6" r:id="rId5"/>
     <hyperlink ref="G7" r:id="rId6"/>
     <hyperlink ref="G8" r:id="rId7"/>
     <hyperlink ref="G9" r:id="rId8"/>
     <hyperlink ref="G10" r:id="rId9"/>
     <hyperlink ref="G11" r:id="rId10"/>
     <hyperlink ref="G12" r:id="rId11"/>
     <hyperlink ref="G13" r:id="rId12"/>
     <hyperlink ref="G14" r:id="rId13"/>
     <hyperlink ref="G15" r:id="rId14"/>
     <hyperlink ref="G16" r:id="rId15"/>
     <hyperlink ref="G17" r:id="rId16"/>
     <hyperlink ref="G18" r:id="rId17"/>
     <hyperlink ref="G19" r:id="rId18"/>
     <hyperlink ref="G20" r:id="rId19"/>
     <hyperlink ref="G21" r:id="rId20"/>
     <hyperlink ref="G22" r:id="rId21"/>